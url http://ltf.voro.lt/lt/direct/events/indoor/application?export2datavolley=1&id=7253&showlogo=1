--- v0 (2025-11-21)
+++ v1 (2026-01-10)
@@ -9,108 +9,618 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Others\Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1" uniqueCount="1">
-[...1 lines deleted...]
-    <t>No Data</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
+  <si>
+    <t>Name</t>
+  </si>
+  <si>
+    <t>Surname</t>
+  </si>
+  <si>
+    <t>BirthDate</t>
+  </si>
+  <si>
+    <t>BirthPlace</t>
+  </si>
+  <si>
+    <t>Gender</t>
+  </si>
+  <si>
+    <t>FederationCode</t>
+  </si>
+  <si>
+    <t>Date_of_1st_license</t>
+  </si>
+  <si>
+    <t>Justas</t>
+  </si>
+  <si>
+    <t>RUŠINAS</t>
+  </si>
+  <si>
+    <t>LTU</t>
+  </si>
+  <si>
+    <t>MALE</t>
+  </si>
+  <si>
+    <t>LTF</t>
+  </si>
+  <si>
+    <t>Ignas</t>
+  </si>
+  <si>
+    <t>NAUJALIS</t>
+  </si>
+  <si>
+    <t>Augustas</t>
+  </si>
+  <si>
+    <t>ŽELVYS</t>
+  </si>
+  <si>
+    <t>Saulius</t>
+  </si>
+  <si>
+    <t>PLIORAITIS</t>
+  </si>
+  <si>
+    <t>Algirdas</t>
+  </si>
+  <si>
+    <t>NAUČIUS</t>
+  </si>
+  <si>
+    <t>Dovydas</t>
+  </si>
+  <si>
+    <t>AMBRAZIEJUS</t>
+  </si>
+  <si>
+    <t>KINDERIS</t>
+  </si>
+  <si>
+    <t>Dominykas</t>
+  </si>
+  <si>
+    <t>KAULIUS</t>
+  </si>
+  <si>
+    <t>Ąžuolas</t>
+  </si>
+  <si>
+    <t>LIORINCAS</t>
+  </si>
+  <si>
+    <t>Augustinas</t>
+  </si>
+  <si>
+    <t>GRUODIS</t>
+  </si>
+  <si>
+    <t>Džiugas</t>
+  </si>
+  <si>
+    <t>JANKEVIČIUS</t>
+  </si>
+  <si>
+    <t>Valentinas</t>
+  </si>
+  <si>
+    <t>LEKAVIČIUS</t>
+  </si>
+  <si>
+    <t>Airidas</t>
+  </si>
+  <si>
+    <t>ULECKAS</t>
+  </si>
+  <si>
+    <t>Joris</t>
+  </si>
+  <si>
+    <t>ANDRIUŠAITIS</t>
+  </si>
+  <si>
+    <t>Eimantas</t>
+  </si>
+  <si>
+    <t>VILČINSKAS</t>
+  </si>
+  <si>
+    <t>Mindaugas</t>
+  </si>
+  <si>
+    <t>NAVICKAS</t>
+  </si>
+  <si>
+    <t>MINCĖ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:@1"/>
+  <dimension ref="A1:G18"/>
   <cols>
-</cols>
+    <col min="1" max="1" width="11" customWidth="1"/>
+    <col min="2" max="2" width="13" customWidth="1"/>
+    <col min="3" max="3" width="20" customWidth="1"/>
+    <col min="4" max="4" width="11" customWidth="1"/>
+    <col min="5" max="5" width="7" customWidth="1"/>
+    <col min="6" max="6" width="15" customWidth="1"/>
+    <col min="7" max="7" width="20" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="1"/>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C2" s="2">
+        <v>38977</v>
+      </c>
+      <c r="D2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2"/>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="2">
+        <v>39307</v>
+      </c>
+      <c r="D3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3"/>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C4" s="2">
+        <v>36253</v>
+      </c>
+      <c r="D4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4"/>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="2">
+        <v>35173</v>
+      </c>
+      <c r="D5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" t="s">
+        <v>10</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5"/>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="2">
+        <v>35298</v>
+      </c>
+      <c r="D6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6"/>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="2">
+        <v>39181</v>
+      </c>
+      <c r="D7" t="s">
+        <v>9</v>
+      </c>
+      <c r="E7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7"/>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="2">
+        <v>39790</v>
+      </c>
+      <c r="D8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8"/>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="2">
+        <v>38565</v>
+      </c>
+      <c r="D9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9"/>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="2">
+        <v>38850</v>
+      </c>
+      <c r="D10" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" t="s">
+        <v>10</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10"/>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="2">
+        <v>37495</v>
+      </c>
+      <c r="D11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11"/>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" s="2">
+        <v>38103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>9</v>
+      </c>
+      <c r="E12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12"/>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="2">
+        <v>34379</v>
+      </c>
+      <c r="D13" t="s">
+        <v>9</v>
+      </c>
+      <c r="E13" t="s">
+        <v>10</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13"/>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="2">
+        <v>35890</v>
+      </c>
+      <c r="D14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14"/>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" t="s">
+        <v>36</v>
+      </c>
+      <c r="C15" s="2">
+        <v>39385</v>
+      </c>
+      <c r="D15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15"/>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" t="s">
+        <v>38</v>
+      </c>
+      <c r="C16" s="2">
+        <v>39243</v>
+      </c>
+      <c r="D16" t="s">
+        <v>9</v>
+      </c>
+      <c r="E16" t="s">
+        <v>10</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16"/>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" s="2">
+        <v>33285</v>
+      </c>
+      <c r="D17" t="s">
+        <v>9</v>
+      </c>
+      <c r="E17" t="s">
+        <v>10</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17"/>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>7</v>
+      </c>
+      <c r="B18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C18" s="2">
+        <v>37876</v>
+      </c>
+      <c r="D18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18"/>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Others\Shuchkin\SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>