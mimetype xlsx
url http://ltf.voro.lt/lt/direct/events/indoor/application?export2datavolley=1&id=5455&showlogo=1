--- v0 (2025-12-10)
+++ v1 (2026-01-29)
@@ -125,51 +125,51 @@
   <si>
     <t>MARTUSEVIČIŪTĖ</t>
   </si>
   <si>
     <t>Meda</t>
   </si>
   <si>
     <t>GEDMINAITĖ</t>
   </si>
   <si>
     <t>Kornelija</t>
   </si>
   <si>
     <t>MIŠKINYTĖ</t>
   </si>
   <si>
     <t>Justina</t>
   </si>
   <si>
     <t>BANIŠAUSKAITĖ</t>
   </si>
   <si>
     <t>Karolina</t>
   </si>
   <si>
-    <t>SAJŪTĖ</t>
+    <t>SAJUTĖ</t>
   </si>
   <si>
     <t>Elzė</t>
   </si>
   <si>
     <t>JOCIŪTĖ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>