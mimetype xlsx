--- v0 (2025-12-08)
+++ v1 (2026-01-29)
@@ -53,102 +53,102 @@
   <si>
     <t>Date_of_1st_license</t>
   </si>
   <si>
     <t>Jonas</t>
   </si>
   <si>
     <t>GRIKŠAS</t>
   </si>
   <si>
     <t>LTU</t>
   </si>
   <si>
     <t>MALE</t>
   </si>
   <si>
     <t>LTF</t>
   </si>
   <si>
     <t>Mantvydas</t>
   </si>
   <si>
     <t>ŠUKLYS</t>
   </si>
   <si>
+    <t>Armandas</t>
+  </si>
+  <si>
+    <t>BIELSKUS</t>
+  </si>
+  <si>
+    <t>Edanas</t>
+  </si>
+  <si>
+    <t>MEŠLETYS</t>
+  </si>
+  <si>
+    <t>Arnas</t>
+  </si>
+  <si>
+    <t>PAKALNIŠKIS</t>
+  </si>
+  <si>
     <t>Vilius</t>
   </si>
   <si>
     <t>RUBAVIČIUS</t>
   </si>
   <si>
-    <t>Edanas</t>
-[...10 lines deleted...]
-  <si>
     <t>Karolis</t>
   </si>
   <si>
     <t>LANEVSKI</t>
   </si>
   <si>
     <t>Edvinas</t>
   </si>
   <si>
     <t>ŽALTAUSKAS</t>
   </si>
   <si>
     <t>Oleksandr</t>
   </si>
   <si>
     <t>BEVZIUK</t>
   </si>
   <si>
     <t>Justinas</t>
   </si>
   <si>
     <t>BUTAUTAS</t>
   </si>
   <si>
     <t>Linas</t>
   </si>
   <si>
     <t>STARKUTIS</t>
-  </si>
-[...4 lines deleted...]
-    <t>KAULIUS</t>
   </si>
   <si>
     <t>Nojus</t>
   </si>
   <si>
     <t>ŽEIMYS</t>
   </si>
   <si>
     <t>Aistis</t>
   </si>
   <si>
     <t>MIEŽETIS</t>
   </si>
   <si>
     <t>Daumantas</t>
   </si>
   <si>
     <t>KATINAS</t>
   </si>
   <si>
     <t>Andrii</t>
   </si>
   <si>
     <t>CHMIROV</t>
   </si>
@@ -276,51 +276,51 @@
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2">
         <v>33083</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="2">
-        <v>34486</v>
+        <v>37092</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="2">
         <v>39650</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
@@ -339,156 +339,156 @@
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="2">
         <v>38379</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>10</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="2">
-        <v>38024</v>
+        <v>34486</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="2">
-        <v>34580</v>
+        <v>38024</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="2">
-        <v>38237</v>
+        <v>34580</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="2">
-        <v>37112</v>
+        <v>38237</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>10</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="2">
-        <v>34427</v>
+        <v>37112</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>10</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="2">
-        <v>38565</v>
+        <v>34427</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>10</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="2">
         <v>39174</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>