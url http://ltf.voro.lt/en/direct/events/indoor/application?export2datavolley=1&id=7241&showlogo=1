--- v0 (2025-11-21)
+++ v1 (2026-01-09)
@@ -9,164 +9,182 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Others\Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>BirthDate</t>
   </si>
   <si>
     <t>BirthPlace</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>FederationCode</t>
   </si>
   <si>
     <t>Date_of_1st_license</t>
   </si>
   <si>
     <t>NAHIR</t>
   </si>
   <si>
     <t>ARAS</t>
   </si>
   <si>
     <t>LTU</t>
   </si>
   <si>
     <t>FEMALE</t>
   </si>
   <si>
     <t>LTF</t>
   </si>
   <si>
+    <t>OZKAN</t>
+  </si>
+  <si>
+    <t>NURPERI EZGI</t>
+  </si>
+  <si>
+    <t>Vilūnė</t>
+  </si>
+  <si>
+    <t>RAULUŠEVIČIŪTĖ</t>
+  </si>
+  <si>
+    <t>Eglė</t>
+  </si>
+  <si>
+    <t>MAKAUSKAITĖ</t>
+  </si>
+  <si>
+    <t>Vaiva</t>
+  </si>
+  <si>
+    <t>VALIONYTĖ</t>
+  </si>
+  <si>
+    <t>Vakarė</t>
+  </si>
+  <si>
+    <t>BARTKUTĖ</t>
+  </si>
+  <si>
+    <t>Augustė</t>
+  </si>
+  <si>
+    <t>KUNDROTAITĖ</t>
+  </si>
+  <si>
+    <t>Roberta</t>
+  </si>
+  <si>
+    <t>GABULAITĖ</t>
+  </si>
+  <si>
+    <t>Neringa</t>
+  </si>
+  <si>
+    <t>KAČINAITĖ</t>
+  </si>
+  <si>
+    <t>KLARA</t>
+  </si>
+  <si>
+    <t>MICHALCIKOVA</t>
+  </si>
+  <si>
+    <t>Odri</t>
+  </si>
+  <si>
+    <t>VIŠUMIRSKYTĖ</t>
+  </si>
+  <si>
+    <t>Miglė</t>
+  </si>
+  <si>
+    <t>ŠIDLAUSKAITĖ</t>
+  </si>
+  <si>
+    <t>NAZLI</t>
+  </si>
+  <si>
+    <t>KOZINOGLU</t>
+  </si>
+  <si>
+    <t>Martyna</t>
+  </si>
+  <si>
+    <t>PAUKŠTYTĖ</t>
+  </si>
+  <si>
+    <t>Atene</t>
+  </si>
+  <si>
+    <t>DAPKUTE</t>
+  </si>
+  <si>
+    <t>Karolina</t>
+  </si>
+  <si>
+    <t>ŠALIŪNAITĖ</t>
+  </si>
+  <si>
     <t>Neda</t>
   </si>
   <si>
     <t>BARANAUSKAITĖ</t>
-  </si>
-[...70 lines deleted...]
-    <t>PAUKŠTYTĖ</t>
   </si>
   <si>
     <t>Rusnė</t>
   </si>
   <si>
     <t>RUTKAUSKAITĖ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -186,53 +204,53 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G16"/>
+  <dimension ref="A1:G19"/>
   <cols>
-    <col min="1" max="1" width="8" customWidth="1"/>
+    <col min="1" max="1" width="9" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="11" customWidth="1"/>
     <col min="5" max="5" width="7" customWidth="1"/>
     <col min="6" max="6" width="15" customWidth="1"/>
     <col min="7" max="7" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
@@ -249,51 +267,51 @@
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2">
         <v>38415</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2">
-        <v>39473</v>
+        <v>36650</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="2">
         <v>38088</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
@@ -522,57 +540,120 @@
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="2">
         <v>37464</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>10</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>38</v>
       </c>
       <c r="B16" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2">
+        <v>40425</v>
+      </c>
+      <c r="D16" t="s">
+        <v>9</v>
+      </c>
+      <c r="E16" t="s">
+        <v>10</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16"/>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C17" s="2">
+        <v>40364</v>
+      </c>
+      <c r="D17" t="s">
+        <v>9</v>
+      </c>
+      <c r="E17" t="s">
+        <v>10</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17"/>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" t="s">
+        <v>43</v>
+      </c>
+      <c r="C18" s="2">
+        <v>39473</v>
+      </c>
+      <c r="D18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18"/>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" t="s">
+        <v>45</v>
+      </c>
+      <c r="C19" s="2">
         <v>38298</v>
       </c>
-      <c r="D16" t="s">
-[...8 lines deleted...]
-      <c r="G16"/>
+      <c r="D19" t="s">
+        <v>9</v>
+      </c>
+      <c r="E19" t="s">
+        <v>10</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19"/>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Others\Shuchkin\SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>