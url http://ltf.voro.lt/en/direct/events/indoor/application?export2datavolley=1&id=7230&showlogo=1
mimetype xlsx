--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -92,54 +92,54 @@
   <si>
     <t>KOSKUTĖ.</t>
   </si>
   <si>
     <t>Radvilė</t>
   </si>
   <si>
     <t>ALEKSANDRAVIČIŪTĖ</t>
   </si>
   <si>
     <t>JAKIMAVIČIŪTĖ</t>
   </si>
   <si>
     <t>Lėja</t>
   </si>
   <si>
     <t>ŠIMAITYTĖ</t>
   </si>
   <si>
     <t>Austėja</t>
   </si>
   <si>
     <t>MILAŠIŪTĖ</t>
   </si>
   <si>
-    <t>Kamilė</t>
-[...2 lines deleted...]
-    <t>RUKŠĖNAITĖ</t>
+    <t>Goda</t>
+  </si>
+  <si>
+    <t>ČEKANAUSKAITĖ</t>
   </si>
   <si>
     <t>Gabija</t>
   </si>
   <si>
     <t>ŠARKANAITĖ</t>
   </si>
   <si>
     <t>Gerda</t>
   </si>
   <si>
     <t>PELENYTĖ</t>
   </si>
   <si>
     <t>Fausta</t>
   </si>
   <si>
     <t>LEKAVIČIŪTĖ</t>
   </si>
   <si>
     <t>Deimantė</t>
   </si>
   <si>
     <t>SAUGŪNAITĖ</t>
   </si>
@@ -432,51 +432,51 @@
       <c r="B10" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="2">
         <v>40426</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>10</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="2">
-        <v>40495</v>
+        <v>45985</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>10</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="2">
         <v>40491</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>