--- v1 (2026-01-11)
+++ v2 (2026-02-27)
@@ -110,60 +110,60 @@
   <si>
     <t>Austėja</t>
   </si>
   <si>
     <t>MILAŠIŪTĖ</t>
   </si>
   <si>
     <t>Goda</t>
   </si>
   <si>
     <t>ČEKANAUSKAITĖ</t>
   </si>
   <si>
     <t>Gabija</t>
   </si>
   <si>
     <t>ŠARKANAITĖ</t>
   </si>
   <si>
     <t>Gerda</t>
   </si>
   <si>
     <t>PELENYTĖ</t>
   </si>
   <si>
-    <t>Fausta</t>
-[...8 lines deleted...]
-    <t>SAUGŪNAITĖ</t>
+    <t>Beatričė</t>
+  </si>
+  <si>
+    <t>ŠKERBAITĖ</t>
+  </si>
+  <si>
+    <t>Liepa</t>
+  </si>
+  <si>
+    <t>LUKOŠEVIČIŪTĖ</t>
   </si>
   <si>
     <t>Justė</t>
   </si>
   <si>
     <t>PUŠČIŪTĖ</t>
   </si>
   <si>
     <t>Luknė</t>
   </si>
   <si>
     <t>SIVICKYTĖ</t>
   </si>
   <si>
     <t>Auksė</t>
   </si>
   <si>
     <t>GIRŽADAITĖ</t>
   </si>
   <si>
     <t>Elena</t>
   </si>
   <si>
     <t>SOLOVJOVA</t>
   </si>
@@ -495,72 +495,72 @@
       <c r="B13" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="2">
         <v>40439</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>10</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="2">
-        <v>40437</v>
+        <v>41253</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>10</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="2">
-        <v>40331</v>
+        <v>41152</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>10</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="2">
         <v>40358</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>