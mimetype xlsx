--- v0 (2025-11-21)
+++ v1 (2026-02-27)
@@ -68,54 +68,54 @@
   <si>
     <t>LTF</t>
   </si>
   <si>
     <t>Andrėja</t>
   </si>
   <si>
     <t>SAVICKYTĖ</t>
   </si>
   <si>
     <t>Viktorija</t>
   </si>
   <si>
     <t>PETROVIČIŪTĖ</t>
   </si>
   <si>
     <t>Gertė</t>
   </si>
   <si>
     <t>ŠIMKEVIČIŪTĖ</t>
   </si>
   <si>
     <t>CHOROŠKOVA</t>
   </si>
   <si>
-    <t>Jūra</t>
-[...2 lines deleted...]
-    <t>GAUKŠTĖ</t>
+    <t>Aurelija</t>
+  </si>
+  <si>
+    <t>JANKOVSKAJA</t>
   </si>
   <si>
     <t>Arina</t>
   </si>
   <si>
     <t>PODMOSTKO</t>
   </si>
   <si>
     <t>RYBAKOVA</t>
   </si>
   <si>
     <t>Eva</t>
   </si>
   <si>
     <t>RAMAŠAUSKAITĖ</t>
   </si>
   <si>
     <t>Mėja</t>
   </si>
   <si>
     <t>ŠEDYTĖ</t>
   </si>
   <si>
     <t>Miglė</t>
   </si>
@@ -342,51 +342,51 @@
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="2">
         <v>39826</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>10</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="2">
-        <v>40217</v>
+        <v>40454</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="2">
         <v>39906</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>