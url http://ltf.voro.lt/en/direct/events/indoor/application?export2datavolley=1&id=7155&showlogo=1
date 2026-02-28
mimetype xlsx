--- v0 (2025-11-21)
+++ v1 (2026-02-28)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Others\Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>BirthDate</t>
   </si>
   <si>
     <t>BirthPlace</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>FederationCode</t>
   </si>
   <si>
     <t>Date_of_1st_license</t>
   </si>
   <si>
     <t>Urtė</t>
   </si>
   <si>
@@ -65,84 +65,81 @@
   <si>
     <t>FEMALE</t>
   </si>
   <si>
     <t>LTF</t>
   </si>
   <si>
     <t>Mėta</t>
   </si>
   <si>
     <t>ŠALOMSKAITĖ</t>
   </si>
   <si>
     <t>Patricija</t>
   </si>
   <si>
     <t>DEŠČERAITĖ</t>
   </si>
   <si>
     <t>Leticia</t>
   </si>
   <si>
     <t>BUDRĖ</t>
   </si>
   <si>
-    <t>Rugilė</t>
-[...2 lines deleted...]
-    <t>ČIŽAUSKAITĖ</t>
+    <t>Gabrielė</t>
+  </si>
+  <si>
+    <t>VEGYTĖ</t>
   </si>
   <si>
     <t>Adelė Keliuotytė</t>
   </si>
   <si>
     <t>Gustė</t>
   </si>
   <si>
     <t>PILIPAVIČIŪTĖ</t>
   </si>
   <si>
     <t>Ignė</t>
   </si>
   <si>
     <t>LILAITĖ</t>
   </si>
   <si>
-    <t>Ugnė</t>
-[...2 lines deleted...]
-    <t>BATAVIČIŪTĖ</t>
+    <t>Gabija</t>
+  </si>
+  <si>
+    <t>VALANČIŪTĖ</t>
   </si>
   <si>
     <t>Agota</t>
   </si>
   <si>
     <t>MENCEVIČIŪTĖ</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gabrielė</t>
   </si>
   <si>
     <t>JOCIŪTĖ</t>
   </si>
   <si>
     <t>Elzė</t>
   </si>
   <si>
     <t>GARŠKAITĖ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -291,51 +288,51 @@
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="2">
         <v>41368</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="2">
-        <v>42198</v>
+        <v>41381</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>10</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7"/>
       <c r="C7" s="2">
         <v>41416</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
@@ -373,111 +370,111 @@
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="2">
         <v>41472</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="2">
-        <v>41424</v>
+        <v>41754</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>10</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="2">
         <v>41305</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>10</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C12" s="2">
         <v>41460</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>10</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C13" s="2">
         <v>41310</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>10</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13"/>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Others\Shuchkin\SimpleXLSXGen</Application>
 </Properties>
 </file>