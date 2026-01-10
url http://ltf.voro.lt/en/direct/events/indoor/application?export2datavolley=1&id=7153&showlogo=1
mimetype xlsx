--- v0 (2025-11-21)
+++ v1 (2026-01-10)
@@ -77,54 +77,54 @@
   <si>
     <t>Gabija</t>
   </si>
   <si>
     <t>VALANČIŪTĖ</t>
   </si>
   <si>
     <t>Rusnė</t>
   </si>
   <si>
     <t>BUŠNIAUSKAITĖ</t>
   </si>
   <si>
     <t>Rytautė</t>
   </si>
   <si>
     <t>RAŠKINYTĖ</t>
   </si>
   <si>
     <t>Urtė</t>
   </si>
   <si>
     <t>JANKAUSKAITĖ</t>
   </si>
   <si>
-    <t>Tėja</t>
-[...2 lines deleted...]
-    <t>KOLESINSKAITĖ</t>
+    <t>Ugnė</t>
+  </si>
+  <si>
+    <t>EITUTYTĖ</t>
   </si>
   <si>
     <t>Magda</t>
   </si>
   <si>
     <t>PAKUSĖ</t>
   </si>
   <si>
     <t>Maja</t>
   </si>
   <si>
     <t>TVARDAUSKAITĖ</t>
   </si>
   <si>
     <t>Ameta</t>
   </si>
   <si>
     <t>KUDAKAITĖ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
@@ -324,93 +324,93 @@
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="2">
         <v>41757</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="2">
-        <v>41646</v>
+        <v>41930</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="2">
         <v>41816</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="2">
-        <v>45933</v>
+        <v>41953</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>10</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="2">
         <v>42122</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>