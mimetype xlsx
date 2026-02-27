--- v0 (2025-11-21)
+++ v1 (2026-02-27)
@@ -9,101 +9,104 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Others\Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>BirthDate</t>
   </si>
   <si>
     <t>BirthPlace</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>FederationCode</t>
   </si>
   <si>
     <t>Date_of_1st_license</t>
   </si>
   <si>
     <t>Gabrielė</t>
   </si>
   <si>
     <t>VALČIUKAITĖ</t>
   </si>
   <si>
     <t>LTU</t>
   </si>
   <si>
     <t>FEMALE</t>
   </si>
   <si>
     <t>LTF</t>
   </si>
   <si>
     <t>Austėja</t>
   </si>
   <si>
     <t>ŠARLAUSKAITĖ</t>
   </si>
   <si>
+    <t>Eidvilė</t>
+  </si>
+  <si>
+    <t>ABROMAVIČIŪTĖ</t>
+  </si>
+  <si>
     <t>Benita</t>
   </si>
   <si>
     <t>JANAUSKAITĖ</t>
-  </si>
-[...1 lines deleted...]
-    <t>ABROMAVIČIŪTĖ</t>
   </si>
   <si>
     <t>GERINGSONAITĖ</t>
   </si>
   <si>
     <t>Tėja</t>
   </si>
   <si>
     <t>MASIULYTĖ</t>
   </si>
   <si>
     <t>Dagnė</t>
   </si>
   <si>
     <t>GULBINAITĖ</t>
   </si>
   <si>
     <t>Rugilė</t>
   </si>
   <si>
     <t>GRIŠIUTĖ</t>
   </si>
   <si>
     <t>Miglė</t>
   </si>
@@ -279,363 +282,363 @@
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2">
         <v>39191</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="2">
-        <v>39288</v>
+        <v>39809</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C5" s="2">
-        <v>39650</v>
+        <v>39288</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" s="2">
         <v>39359</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>10</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" s="2">
         <v>39369</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="2">
         <v>39461</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="2">
         <v>39641</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" s="2">
         <v>39253</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>10</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" s="2">
         <v>39409</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>10</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="2">
         <v>39806</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>10</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="2">
         <v>39652</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>10</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" s="2">
         <v>39373</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>10</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15" s="2">
         <v>39754</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>10</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16" s="2">
         <v>39119</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>10</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17" s="2">
         <v>39577</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>10</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18" s="2">
         <v>39261</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>10</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" s="2">
         <v>39259</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19" t="s">
         <v>10</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19"/>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Others\Shuchkin\SimpleXLSXGen</Application>
 </Properties>
 </file>