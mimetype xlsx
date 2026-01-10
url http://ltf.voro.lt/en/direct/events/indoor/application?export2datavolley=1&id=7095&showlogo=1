--- v0 (2025-11-21)
+++ v1 (2026-01-10)
@@ -59,90 +59,90 @@
   <si>
     <t>BELECKYTĖ</t>
   </si>
   <si>
     <t>LTU</t>
   </si>
   <si>
     <t>FEMALE</t>
   </si>
   <si>
     <t>LTF</t>
   </si>
   <si>
     <t>Adelė</t>
   </si>
   <si>
     <t>RIMAITĖ</t>
   </si>
   <si>
     <t>Kotryna</t>
   </si>
   <si>
     <t>BENDŽIŪTĖ</t>
   </si>
   <si>
+    <t>Žemyna</t>
+  </si>
+  <si>
+    <t>ŠAKURAITĖ</t>
+  </si>
+  <si>
+    <t>Milana</t>
+  </si>
+  <si>
+    <t>LABANAUSKAITĖ</t>
+  </si>
+  <si>
+    <t>Eva</t>
+  </si>
+  <si>
+    <t>LAUČIŪTĖ</t>
+  </si>
+  <si>
     <t>Marta</t>
   </si>
   <si>
     <t>KALNIETYTĖ</t>
   </si>
   <si>
-    <t>Anabelė</t>
-[...2 lines deleted...]
-    <t>STANAITYTĖ</t>
+    <t>Greta</t>
+  </si>
+  <si>
+    <t>BIVEINYTĖ</t>
   </si>
   <si>
     <t>Sofija</t>
   </si>
   <si>
-    <t>PĖKYTĖ</t>
-[...23 lines deleted...]
-    <t>SPRANGAUSKAITĖ</t>
+    <t>KEKYTĖ</t>
+  </si>
+  <si>
+    <t>Goda Amelija</t>
+  </si>
+  <si>
+    <t>DAIGORIŪTĖ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -158,52 +158,52 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G11"/>
   <cols>
-    <col min="1" max="1" width="9" customWidth="1"/>
-    <col min="2" max="2" width="15" customWidth="1"/>
+    <col min="1" max="1" width="13" customWidth="1"/>
+    <col min="2" max="2" width="14" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="11" customWidth="1"/>
     <col min="5" max="5" width="7" customWidth="1"/>
     <col min="6" max="6" width="15" customWidth="1"/>
     <col min="7" max="7" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -261,177 +261,177 @@
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="2">
         <v>42293</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="2">
-        <v>42411</v>
+        <v>42651</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="2">
-        <v>42192</v>
+        <v>41827</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>10</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="2">
-        <v>42333</v>
+        <v>42214</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="2">
-        <v>41827</v>
+        <v>42411</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="2">
-        <v>42214</v>
+        <v>42123</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="2">
-        <v>42979</v>
+        <v>42362</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>10</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="2">
-        <v>42838</v>
+        <v>41661</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>10</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11"/>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Others\Shuchkin\SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">