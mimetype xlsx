--- v0 (2026-01-09)
+++ v1 (2026-02-27)
@@ -83,54 +83,54 @@
   <si>
     <t>Toma</t>
   </si>
   <si>
     <t>KAZOČIŪNAITĖ</t>
   </si>
   <si>
     <t>Andrėja</t>
   </si>
   <si>
     <t>KRUTULYTĖ</t>
   </si>
   <si>
     <t>Milėja</t>
   </si>
   <si>
     <t>KRUNGELEVIČIŪTĖ</t>
   </si>
   <si>
     <t>Sibilė</t>
   </si>
   <si>
     <t>NAVICKAITĖ</t>
   </si>
   <si>
-    <t>Tėja</t>
-[...2 lines deleted...]
-    <t>PRAKAPAITĖ</t>
+    <t>Viltė</t>
+  </si>
+  <si>
+    <t>KRINICKAITĖ</t>
   </si>
   <si>
     <t>Elija</t>
   </si>
   <si>
     <t>PLIAUGAITĖ</t>
   </si>
   <si>
     <t>Radvilė</t>
   </si>
   <si>
     <t>VILKAITĖ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
@@ -345,51 +345,51 @@
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="2">
         <v>41754</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="2">
-        <v>41651</v>
+        <v>41640</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="2">
         <v>41895</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>