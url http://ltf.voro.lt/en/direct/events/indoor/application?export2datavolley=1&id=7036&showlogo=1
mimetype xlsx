--- v0 (2026-01-10)
+++ v1 (2026-02-27)
@@ -71,54 +71,54 @@
   <si>
     <t>Jurgis</t>
   </si>
   <si>
     <t>SAMULIONIS</t>
   </si>
   <si>
     <t>Martynas</t>
   </si>
   <si>
     <t>GRYBAS</t>
   </si>
   <si>
     <t>Justinas</t>
   </si>
   <si>
     <t>KALVIS</t>
   </si>
   <si>
     <t>Anupras</t>
   </si>
   <si>
     <t>SUTKUS</t>
   </si>
   <si>
-    <t>Kernius</t>
-[...2 lines deleted...]
-    <t>PETROŠIUS</t>
+    <t>Ertas</t>
+  </si>
+  <si>
+    <t>BOGUSLAUSKAS</t>
   </si>
   <si>
     <t>Lukas</t>
   </si>
   <si>
     <t>ČIUŽAS</t>
   </si>
   <si>
     <t>Matas</t>
   </si>
   <si>
     <t>KATKAUSKAS</t>
   </si>
   <si>
     <t>Kajus</t>
   </si>
   <si>
     <t>JUŠKEVIČIUS</t>
   </si>
   <si>
     <t>Arūnas</t>
   </si>
   <si>
     <t>ALEKSANDRAS ACUTA</t>
   </si>
@@ -345,51 +345,51 @@
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="2">
         <v>40737</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>10</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="2">
-        <v>40631</v>
+        <v>40701</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="2">
         <v>40673</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>